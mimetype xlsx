--- v0 (2026-01-02)
+++ v1 (2026-03-10)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PL2 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="30">
-[...1 lines deleted...]
-    <t>Zagreb, 19.11.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="33">
+  <si>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>CROSS-BORDER/INTERNATIONAL MONEY REMITTANCES {1}  - year 2025</t>
   </si>
   <si>
     <t>Reporting period</t>
   </si>
   <si>
     <t>Type of transaction</t>
   </si>
   <si>
     <t>CONSUMER</t>
   </si>
@@ -90,50 +90,59 @@
     <t>Received</t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
   </si>
   <si>
     <t> JULY</t>
   </si>
   <si>
     <t> AUGUST</t>
   </si>
   <si>
     <t> SEPTEMBER</t>
+  </si>
+  <si>
+    <t> OCTOBER</t>
+  </si>
+  <si>
+    <t> NOVEMBER</t>
+  </si>
+  <si>
+    <t> DECEMBER</t>
   </si>
   <si>
     <t> TOTAL </t>
   </si>
   <si>
     <t>{1} Source of transaction: cash and payment card.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>The table shows all cross-border/international money remittances executed in all currencies converted in euro</t>
   </si>
   <si>
     <t>whose source is cash and payment card (card to card and card to account). </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
@@ -540,51 +549,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:N40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="26" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="26" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="26" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="26" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="26" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="26" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
@@ -1432,155 +1441,419 @@
         <v>713</v>
       </c>
       <c r="H28" t="s" s="7">
         <v>15</v>
       </c>
       <c r="I28" s="8">
         <v>164749.196267889670075</v>
       </c>
       <c r="J28" t="s" s="7">
         <v>15</v>
       </c>
       <c r="K28" s="9">
         <v>10207</v>
       </c>
       <c r="L28" t="s" s="10">
         <v>15</v>
       </c>
       <c r="M28" s="9">
         <v>3353796.748518855792789</v>
       </c>
       <c r="N28" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:14">
-      <c r="A29" t="s" s="11">
+      <c r="A29" t="s" s="7">
         <v>25</v>
       </c>
-      <c r="B29" t="s" s="11">
+      <c r="B29" t="s" s="7">
         <v>14</v>
       </c>
-      <c r="C29" s="12">
-[...32 lines deleted...]
-      <c r="N29" t="s" s="11">
+      <c r="C29" s="8">
+        <v>10455</v>
+      </c>
+      <c r="D29" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E29" s="8">
+        <v>3449849.925500043719195</v>
+      </c>
+      <c r="F29" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G29" s="8">
+        <v>89</v>
+      </c>
+      <c r="H29" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I29" s="8">
+        <v>239788.897195279406272</v>
+      </c>
+      <c r="J29" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K29" s="9">
+        <v>10544</v>
+      </c>
+      <c r="L29" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M29" s="9">
+        <v>3689638.822695323125467</v>
+      </c>
+      <c r="N29" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:14">
-      <c r="A30" t="s" s="13">
-[...2 lines deleted...]
-      <c r="B30" t="s" s="13">
+      <c r="A30" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B30" t="s" s="7">
         <v>16</v>
       </c>
-      <c r="C30" s="14">
-[...32 lines deleted...]
-      <c r="N30" t="s" s="13">
+      <c r="C30" s="8">
+        <v>10351</v>
+      </c>
+      <c r="D30" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E30" s="8">
+        <v>3363990.523556936675923</v>
+      </c>
+      <c r="F30" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G30" s="8">
+        <v>879</v>
+      </c>
+      <c r="H30" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I30" s="8">
+        <v>169567.25530898255761</v>
+      </c>
+      <c r="J30" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K30" s="9">
+        <v>11230</v>
+      </c>
+      <c r="L30" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M30" s="9">
+        <v>3533557.778865919233533</v>
+      </c>
+      <c r="N30" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:14">
-      <c r="A31" t="s">
+      <c r="A31" t="s" s="7">
         <v>26</v>
       </c>
+      <c r="B31" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="C31" s="8">
+        <v>8849</v>
+      </c>
+      <c r="D31" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E31" s="8">
+        <v>2917450.603041286449686</v>
+      </c>
+      <c r="F31" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G31" s="8">
+        <v>99</v>
+      </c>
+      <c r="H31" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I31" s="8">
+        <v>245315.893323644919327</v>
+      </c>
+      <c r="J31" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K31" s="9">
+        <v>8948</v>
+      </c>
+      <c r="L31" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M31" s="9">
+        <v>3162766.496364931369013</v>
+      </c>
+      <c r="N31" t="s" s="10">
+        <v>15</v>
+      </c>
     </row>
     <row r="32" spans="1:14">
-      <c r="A32" t="s">
+      <c r="A32" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B32" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C32" s="8">
+        <v>8760</v>
+      </c>
+      <c r="D32" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E32" s="8">
+        <v>2779912.454090497053744</v>
+      </c>
+      <c r="F32" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G32" s="8">
+        <v>822</v>
+      </c>
+      <c r="H32" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I32" s="8">
+        <v>153945.585393248772959</v>
+      </c>
+      <c r="J32" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K32" s="9">
+        <v>9582</v>
+      </c>
+      <c r="L32" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M32" s="9">
+        <v>2933858.039483745826703</v>
+      </c>
+      <c r="N32" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" t="s" s="7">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" t="s">
+      <c r="B33" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="C33" s="8">
+        <v>9174</v>
+      </c>
+      <c r="D33" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E33" s="8">
+        <v>2790438.876571597608318</v>
+      </c>
+      <c r="F33" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G33" s="8">
+        <v>112</v>
+      </c>
+      <c r="H33" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I33" s="8">
+        <v>362671.352751420368039</v>
+      </c>
+      <c r="J33" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K33" s="9">
+        <v>9286</v>
+      </c>
+      <c r="L33" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M33" s="9">
+        <v>3153110.229323017976357</v>
+      </c>
+      <c r="N33" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B34" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C34" s="8">
+        <v>11760</v>
+      </c>
+      <c r="D34" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E34" s="8">
+        <v>3647855.679876153748428</v>
+      </c>
+      <c r="F34" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G34" s="8">
+        <v>853</v>
+      </c>
+      <c r="H34" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I34" s="8">
+        <v>171774.775479645041569</v>
+      </c>
+      <c r="J34" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K34" s="9">
+        <v>12613</v>
+      </c>
+      <c r="L34" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M34" s="9">
+        <v>3819630.455355798789997</v>
+      </c>
+      <c r="N34" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
+      <c r="A35" t="s" s="11">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" t="s">
+      <c r="B35" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="C35" s="12">
+        <v>114878</v>
+      </c>
+      <c r="D35" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="E35" s="12">
+        <v>37285239.572329917587567</v>
+      </c>
+      <c r="F35" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="G35" s="12">
+        <v>1241</v>
+      </c>
+      <c r="H35" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="I35" s="12">
+        <v>3137012.863455052028526</v>
+      </c>
+      <c r="J35" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="K35" s="12">
+        <v>116119</v>
+      </c>
+      <c r="L35" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="M35" s="12">
+        <v>40422252.435784969616093</v>
+      </c>
+      <c r="N35" t="s" s="11">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
+      <c r="A36" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="B36" t="s" s="13">
+        <v>16</v>
+      </c>
+      <c r="C36" s="14">
+        <v>117414</v>
+      </c>
+      <c r="D36" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="E36" s="14">
+        <v>37324249.001218270157217</v>
+      </c>
+      <c r="F36" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="G36" s="14">
+        <v>8955</v>
+      </c>
+      <c r="H36" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="I36" s="14">
+        <v>1980327.535180473501017</v>
+      </c>
+      <c r="J36" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="K36" s="14">
+        <v>126369</v>
+      </c>
+      <c r="L36" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="M36" s="14">
+        <v>39304576.536398743658234</v>
+      </c>
+      <c r="N36" t="s" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
+      <c r="A37" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
+      <c r="A38" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
+      <c r="A39" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14">
+      <c r="A40" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A7:N7"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="G9:J9"/>
     <mergeCell ref="K9:N9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="I10:J10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="M10:N10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>